--- v0 (2025-10-11)
+++ v1 (2025-12-16)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>22 Dragons Rawdon</t>
   </si>
   <si>
     <t>1004740:typeValue:102</t>
   </si>
   <si>
     <t>1004740:typeValue:103</t>
   </si>
   <si>
     <t>1004740:typeValue:104</t>
   </si>
   <si>
     <t>1004740:typeValue:105</t>
   </si>
   <si>
     <t>1004740:typeValue:107</t>
   </si>
   <si>
@@ -555,50 +555,53 @@
     <t>Texada Island Dragon Boat Club</t>
   </si>
   <si>
     <t>Texada Island Dragonboat Club (TIDBC)</t>
   </si>
   <si>
     <t>THAMES RIVER PADDLING CLUB</t>
   </si>
   <si>
     <t>The Breast Buddies Dragon Boat Team</t>
   </si>
   <si>
     <t>THE KELOWNA BREAST CANCER PADDLING TEAM</t>
   </si>
   <si>
     <t>THE WARLOCKS</t>
   </si>
   <si>
     <t>Thunder Bay Paddle Sport Club</t>
   </si>
   <si>
     <t>Toronto Area Dragons</t>
   </si>
   <si>
     <t>Trackie Demo Club</t>
+  </si>
+  <si>
+    <t>Trenton Rowing and Paddling Club</t>
   </si>
   <si>
     <t>Tribal Dragon Boat Club</t>
   </si>
   <si>
     <t>Triport Dragon Boat Society</t>
   </si>
   <si>
     <t>TRUE NORTH PADDLING CLUB</t>
   </si>
   <si>
     <t>Tyhee Lake Dragons</t>
   </si>
   <si>
     <t>UNIVERSITY COLLEGE DRAGON BOAT CLUB</t>
   </si>
   <si>
     <t>University of Waterloo</t>
   </si>
   <si>
     <t>VI PADDLING</t>
   </si>
   <si>
     <t>Victoria Canoe and Kayak Club</t>
   </si>
@@ -2355,50 +2358,53 @@
       <c r="D180" s="2"/>
       <c r="DB180" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="181" spans="1:106">
       <c r="D181" s="2"/>
       <c r="DB181" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="182" spans="1:106">
       <c r="D182" s="2"/>
       <c r="DB182" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="183" spans="1:106">
       <c r="D183" s="2"/>
       <c r="DB183" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="184" spans="1:106">
       <c r="D184" s="2"/>
+      <c r="DB184" t="s">
+        <v>199</v>
+      </c>
     </row>
     <row r="185" spans="1:106">
       <c r="D185" s="2"/>
     </row>
     <row r="186" spans="1:106">
       <c r="D186" s="2"/>
     </row>
     <row r="187" spans="1:106">
       <c r="D187" s="2"/>
     </row>
     <row r="188" spans="1:106">
       <c r="D188" s="2"/>
     </row>
     <row r="189" spans="1:106">
       <c r="D189" s="2"/>
     </row>
     <row r="190" spans="1:106">
       <c r="D190" s="2"/>
     </row>
     <row r="191" spans="1:106">
       <c r="D191" s="2"/>
     </row>
     <row r="192" spans="1:106">
       <c r="D192" s="2"/>
     </row>
@@ -4815,51 +4821,51 @@
       <c r="D996" s="2"/>
     </row>
     <row r="997" spans="1:106">
       <c r="D997" s="2"/>
     </row>
     <row r="998" spans="1:106">
       <c r="D998" s="2"/>
     </row>
     <row r="999" spans="1:106">
       <c r="D999" s="2"/>
     </row>
     <row r="1000" spans="1:106">
       <c r="D1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="C5:C1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$183</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$184</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>