--- v1 (2025-12-16)
+++ v2 (2026-03-15)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>22 Dragons Rawdon</t>
   </si>
   <si>
     <t>1004740:typeValue:102</t>
   </si>
   <si>
     <t>1004740:typeValue:103</t>
   </si>
   <si>
     <t>1004740:typeValue:104</t>
   </si>
   <si>
     <t>1004740:typeValue:105</t>
   </si>
   <si>
     <t>1004740:typeValue:107</t>
   </si>
   <si>
@@ -119,50 +119,53 @@
   <si>
     <t>Bosom Buddies of Nova Scotia</t>
   </si>
   <si>
     <t>Breast Friends Society of Edmonton</t>
   </si>
   <si>
     <t>Breasties in the Buff</t>
   </si>
   <si>
     <t>BREASTSTROKES DRAGON BOAT TEAM</t>
   </si>
   <si>
     <t>BRIGHTON DRAGON BOAT CLUB</t>
   </si>
   <si>
     <t>BUSTING WITH ENERGY</t>
   </si>
   <si>
     <t>BYTOWN DRAGON BOAT CLUB</t>
   </si>
   <si>
     <t>CALGARY DRAGON BOAT CLUB</t>
   </si>
   <si>
+    <t>Calgary Dragon Boat Society</t>
+  </si>
+  <si>
     <t>CAMPBELL RIVER DRAGON BOAT SOCIETY</t>
   </si>
   <si>
     <t>Canadian Senior Dragon Boat Club</t>
   </si>
   <si>
     <t>CASCADES CLUB</t>
   </si>
   <si>
     <t>CENTRAL VANCOUVER ISLAND DRAGON BOAT SOCIETY</t>
   </si>
   <si>
     <t>CHEMO SAVVY INC.</t>
   </si>
   <si>
     <t>CLUB DE BATEAU DRAGON DE LA CAPITALE</t>
   </si>
   <si>
     <t>Club de bateau dragon du Fjord</t>
   </si>
   <si>
     <t>CLUB DE BATEAU DRAGON GODRAGON!</t>
   </si>
   <si>
     <t>Club de bateau-dragon du Fjord</t>
@@ -170,65 +173,74 @@
   <si>
     <t>Club Nautique de Sherbrooke</t>
   </si>
   <si>
     <t>Club Sportif de Bateau Dragon de l'Université de Montréal</t>
   </si>
   <si>
     <t>Comox Valley Blazing Paddles Society</t>
   </si>
   <si>
     <t>Comox Valley Dragon Boat Society  Hope Afloat Canada</t>
   </si>
   <si>
     <t>Cornwall Dragonboat Club</t>
   </si>
   <si>
     <t>County Dragon Boat Club</t>
   </si>
   <si>
     <t>Cowichan Valley Breast Cancer Dragon Boat Society</t>
   </si>
   <si>
     <t>Cranbrook Dragonboat Club</t>
   </si>
   <si>
+    <t>Cranbrook Mixed Dragon Boat club</t>
+  </si>
+  <si>
     <t>Crimson Gryphons</t>
   </si>
   <si>
     <t>Dark Water Dragons</t>
   </si>
   <si>
     <t>DRAGGIN' DIVAS</t>
   </si>
   <si>
     <t>DRAGON BEASTS (NS)</t>
   </si>
   <si>
     <t>Dragon Boat Barrie (Ontario)</t>
   </si>
   <si>
+    <t>Dragon Boat Club of Windsor and Essex County</t>
+  </si>
+  <si>
+    <t>DRAGON SPORT AVENTURE</t>
+  </si>
+  <si>
     <t>Dragon Tamers</t>
   </si>
   <si>
     <t>DRAGON ZONE PADDLING CLUB</t>
   </si>
   <si>
     <t>DRAGONBOAT ASSOCIATION OF SOUTHERN ALBERTA</t>
   </si>
   <si>
     <t>Dragonboat Club of Windsor and Essex County</t>
   </si>
   <si>
     <t>DRAGONS ABREAST</t>
   </si>
   <si>
     <t>DRAGONS OF HOPE</t>
   </si>
   <si>
     <t>Eagle Valley Dragon Boaters Society</t>
   </si>
   <si>
     <t>Eastern NL Dragon Boat Club Inc</t>
   </si>
   <si>
     <t>Edmonton Dragon Boat Festival Association</t>
@@ -254,54 +266,54 @@
   <si>
     <t>Fuda Dragon Boat Club</t>
   </si>
   <si>
     <t>FUJIAN DRAGON BOAT CLUB</t>
   </si>
   <si>
     <t>Gabriola Dragon Boat Club</t>
   </si>
   <si>
     <t>Georgina Dragon Boat Club</t>
   </si>
   <si>
     <t>Grand Falls Dragon Boat Inc.</t>
   </si>
   <si>
     <t>GREAT LAKE PADDLERS</t>
   </si>
   <si>
     <t>Grey Bruce Dragon Boat Club</t>
   </si>
   <si>
     <t>GT Dragon Boat Society</t>
   </si>
   <si>
-    <t>H2OPLAYGROUND MONTREAL</t>
-[...2 lines deleted...]
-    <t>H2OPLAYGROUND QUEBEC</t>
+    <t>H2o Bateau Dragon Montréal</t>
+  </si>
+  <si>
+    <t>H2o Bateau Dragon Québec</t>
   </si>
   <si>
     <t>Haliburton Highlands Paddlers</t>
   </si>
   <si>
     <t>HARBOUR CITY DRAGON BOAT ASSOCIATION</t>
   </si>
   <si>
     <t>Haunani Outrigger Canoe</t>
   </si>
   <si>
     <t>IB DRAGONBOATING</t>
   </si>
   <si>
     <t>Independent Alberta</t>
   </si>
   <si>
     <t>Independent British Columbia</t>
   </si>
   <si>
     <t>Independent Manitoba</t>
   </si>
   <si>
     <t>Independent New Brunswick</t>
   </si>
@@ -311,309 +323,336 @@
   <si>
     <t>Independent Northwest Territories</t>
   </si>
   <si>
     <t>Independent Nova Scotia</t>
   </si>
   <si>
     <t>Independent Nunavut</t>
   </si>
   <si>
     <t>Independent Ontario</t>
   </si>
   <si>
     <t>Independent Prince Edward Island</t>
   </si>
   <si>
     <t>Independent Quebec</t>
   </si>
   <si>
     <t>Independent Saskatchewan</t>
   </si>
   <si>
     <t>Independent Yukon</t>
   </si>
   <si>
+    <t>INLET SPIRIT DRAGON BOAT</t>
+  </si>
+  <si>
     <t>IRON RIVER RACING</t>
   </si>
   <si>
     <t>Kamloops Dragon Boat Club</t>
   </si>
   <si>
     <t>KAMLOOPS INTERIOR DRAGONS</t>
   </si>
   <si>
     <t>Kelowna Dragon Boat Paddling Society</t>
   </si>
   <si>
     <t>Kingston Dragon Boat Club</t>
   </si>
   <si>
     <t>Kitimat Dragon Boat Association</t>
   </si>
   <si>
     <t>KNOT A BREAST</t>
   </si>
   <si>
     <t>Kootenay Rhythm Dragons</t>
   </si>
   <si>
+    <t>Kootenay Robusters Society</t>
+  </si>
+  <si>
     <t>Ladysmith Dragon Boat Club (LDBC)</t>
   </si>
   <si>
     <t>Ladysmith Dragon Boat Society</t>
   </si>
   <si>
+    <t>Lakelse Dragon Boat Society</t>
+  </si>
+  <si>
     <t>LAMBTON SHORES DRAGON BOAT CLUB</t>
   </si>
   <si>
     <t>LEDUC BOAT CLUB</t>
   </si>
   <si>
     <t>LIVELY DRAGON</t>
   </si>
   <si>
     <t>LONDON DRAGON BOAT CLUB INC</t>
   </si>
   <si>
     <t>Mac Dragon Boat Club</t>
   </si>
   <si>
     <t>Maelstrom Dragon Boat Club</t>
   </si>
   <si>
     <t>MAKI CATTA</t>
   </si>
   <si>
     <t>MCMASTER DRAGON BOAT CLUB</t>
   </si>
   <si>
     <t>Medicine Hat Dragonboat Association</t>
   </si>
   <si>
     <t>Mid Island Dragon Boat Club</t>
   </si>
   <si>
+    <t>Nanaimo Dragon Boat Society</t>
+  </si>
+  <si>
     <t>Nanaimo Dragon Boat Society (Angels Abreast Dragon Boaat Team)</t>
   </si>
   <si>
     <t>Nanaimo Dragon Boat Society, Angels Abreast Dragon Boat Team</t>
   </si>
   <si>
     <t>NANAIMO OCEAN PADDLING CLUB</t>
   </si>
   <si>
     <t>NANAIMO PADDLING CENTRE</t>
   </si>
   <si>
     <t>National Capital Region Paddling</t>
   </si>
   <si>
     <t>NDRC</t>
   </si>
   <si>
     <t>NEW DRAGONS RACING CLUB</t>
   </si>
   <si>
     <t>Northern Spirit Dragon Boat Team</t>
   </si>
   <si>
+    <t>NorthStar WaveRiders Dragon Boat Team</t>
+  </si>
+  <si>
+    <t>Nothin Dragon Paddling Society</t>
+  </si>
+  <si>
     <t>Oceanside paddlers Parksville /Qualicum Beach</t>
   </si>
   <si>
     <t>OIL CITY CREW DRAGON BOAT CLUB</t>
   </si>
   <si>
     <t>Okanagan Dragon Boat Racing Club</t>
   </si>
   <si>
     <t>OTTAWA DRAGON BOAT CLUB</t>
   </si>
   <si>
     <t>OUTER HARBOUR DRAGON BOAT CLUB</t>
   </si>
   <si>
     <t>PACIFIC REACH PADDLING CLUB</t>
   </si>
   <si>
     <t>Pacificr Reach Paddling Club</t>
   </si>
   <si>
     <t>PARKLAND DRAGON BOAT RACING CLUB</t>
   </si>
   <si>
     <t>PEMBERTON CANOE ASSOCIATION</t>
   </si>
   <si>
     <t>PICKERING DRAGON BOAT CLUB</t>
   </si>
   <si>
     <t>Pink Crusaders</t>
   </si>
   <si>
     <t>Powell River Dragon Boat &amp; Paddling Club</t>
   </si>
   <si>
     <t>PRAIRIE DRAGONS</t>
   </si>
   <si>
+    <t>Prairie Dragons Paddling Club</t>
+  </si>
+  <si>
     <t>Prior Chest Nuts</t>
   </si>
   <si>
     <t>QUINTE PADDLING CLUB</t>
   </si>
   <si>
     <t>Regina Dragon Boat Festival Inc</t>
   </si>
   <si>
     <t>Richmond Dragon Boating</t>
   </si>
   <si>
     <t>Rock Island Dragons</t>
   </si>
   <si>
     <t>Rowbust Breast Cancer Survivor Dragon Boat Racing Society Inc.</t>
   </si>
   <si>
     <t>Rusty Dragons Adventures</t>
   </si>
   <si>
     <t>SALT SPRING DRAGON BOAT CLUB</t>
   </si>
   <si>
     <t>Scugog Dragon Boat Club</t>
   </si>
   <si>
     <t>Separation Point Dragon Boat Society</t>
   </si>
   <si>
     <t>Seventh Wave Dragonboat Team</t>
   </si>
   <si>
     <t>SHELTER BAY DRAGON BOAT CLUB</t>
   </si>
   <si>
-    <t>ShelterBay Dragon Boat Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Shuswap  Grey Grebe Paddling Society</t>
   </si>
   <si>
-    <t>Shuswap Association for Rowing and Paddling</t>
-[...1 lines deleted...]
-  <si>
     <t>Shuswap Dragon Boat Society/Friends Abreast</t>
   </si>
   <si>
     <t>Shuswap Dragon Boat Society</t>
   </si>
   <si>
+    <t>Shuswap Paddling Club</t>
+  </si>
+  <si>
     <t>Sistership Dragon Boat Association</t>
   </si>
   <si>
     <t>SOUTH NIAGARA CANOE CLUB</t>
   </si>
   <si>
     <t>SPARTANS DRAGON BOAT CLUB</t>
   </si>
   <si>
     <t>Spirit Abreast Dragon Boat Society</t>
   </si>
   <si>
     <t>SPIRIT WARRIORS BREAST CANCER SURVIVOR TEAM</t>
   </si>
   <si>
     <t>Squamish Dragon Boat Association</t>
   </si>
   <si>
     <t>ST ANDREWS PADDLING CLUB</t>
   </si>
   <si>
     <t>STRATFORD DRAGON BOAT CLUB</t>
   </si>
   <si>
     <t>Stroke the Dragon</t>
   </si>
   <si>
+    <t>Sudden Impact Paddling Club</t>
+  </si>
+  <si>
     <t>Sunnyside Paddling Club</t>
   </si>
   <si>
     <t>Sunshine Coast Dragon Boat Club</t>
   </si>
   <si>
     <t>SURVIVOR THRIVERS BREAST CANCER SURVIVOR SOCIETY</t>
   </si>
   <si>
+    <t>Survivor thrivers breast cancer survivors society</t>
+  </si>
+  <si>
     <t>SURVIVORS ABREAST</t>
   </si>
   <si>
     <t>Survivors Abreast Peterborough</t>
   </si>
   <si>
     <t>Swift Current Enterprises ltd</t>
   </si>
   <si>
     <t>Texada Island Dragon Boat Club</t>
   </si>
   <si>
     <t>Texada Island Dragonboat Club (TIDBC)</t>
   </si>
   <si>
     <t>THAMES RIVER PADDLING CLUB</t>
   </si>
   <si>
     <t>The Breast Buddies Dragon Boat Team</t>
   </si>
   <si>
     <t>THE KELOWNA BREAST CANCER PADDLING TEAM</t>
   </si>
   <si>
     <t>THE WARLOCKS</t>
   </si>
   <si>
     <t>Thunder Bay Paddle Sport Club</t>
   </si>
   <si>
     <t>Toronto Area Dragons</t>
   </si>
   <si>
     <t>Trackie Demo Club</t>
   </si>
   <si>
     <t>Trenton Rowing and Paddling Club</t>
   </si>
   <si>
     <t>Tribal Dragon Boat Club</t>
   </si>
   <si>
     <t>Triport Dragon Boat Society</t>
   </si>
   <si>
     <t>TRUE NORTH PADDLING CLUB</t>
   </si>
   <si>
     <t>Tyhee Lake Dragons</t>
+  </si>
+  <si>
+    <t>TYPHON DRAGON BOAT CLUB</t>
   </si>
   <si>
     <t>UNIVERSITY COLLEGE DRAGON BOAT CLUB</t>
   </si>
   <si>
     <t>University of Waterloo</t>
   </si>
   <si>
     <t>VI PADDLING</t>
   </si>
   <si>
     <t>Victoria Canoe and Kayak Club</t>
   </si>
   <si>
     <t>WASCANA RACING CANOE CLUB</t>
   </si>
   <si>
     <t>WATERLOO PADDLING CLUB</t>
   </si>
   <si>
     <t>Waves of Hope</t>
   </si>
   <si>
     <t>West Coast Dragon Boat Society</t>
   </si>
@@ -2364,86 +2403,125 @@
       <c r="D181" s="2"/>
       <c r="DB181" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="182" spans="1:106">
       <c r="D182" s="2"/>
       <c r="DB182" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="183" spans="1:106">
       <c r="D183" s="2"/>
       <c r="DB183" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="184" spans="1:106">
       <c r="D184" s="2"/>
       <c r="DB184" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="185" spans="1:106">
       <c r="D185" s="2"/>
+      <c r="DB185" t="s">
+        <v>200</v>
+      </c>
     </row>
     <row r="186" spans="1:106">
       <c r="D186" s="2"/>
+      <c r="DB186" t="s">
+        <v>201</v>
+      </c>
     </row>
     <row r="187" spans="1:106">
       <c r="D187" s="2"/>
+      <c r="DB187" t="s">
+        <v>202</v>
+      </c>
     </row>
     <row r="188" spans="1:106">
       <c r="D188" s="2"/>
+      <c r="DB188" t="s">
+        <v>203</v>
+      </c>
     </row>
     <row r="189" spans="1:106">
       <c r="D189" s="2"/>
+      <c r="DB189" t="s">
+        <v>204</v>
+      </c>
     </row>
     <row r="190" spans="1:106">
       <c r="D190" s="2"/>
+      <c r="DB190" t="s">
+        <v>205</v>
+      </c>
     </row>
     <row r="191" spans="1:106">
       <c r="D191" s="2"/>
+      <c r="DB191" t="s">
+        <v>206</v>
+      </c>
     </row>
     <row r="192" spans="1:106">
       <c r="D192" s="2"/>
+      <c r="DB192" t="s">
+        <v>207</v>
+      </c>
     </row>
     <row r="193" spans="1:106">
       <c r="D193" s="2"/>
+      <c r="DB193" t="s">
+        <v>208</v>
+      </c>
     </row>
     <row r="194" spans="1:106">
       <c r="D194" s="2"/>
+      <c r="DB194" t="s">
+        <v>209</v>
+      </c>
     </row>
     <row r="195" spans="1:106">
       <c r="D195" s="2"/>
+      <c r="DB195" t="s">
+        <v>210</v>
+      </c>
     </row>
     <row r="196" spans="1:106">
       <c r="D196" s="2"/>
+      <c r="DB196" t="s">
+        <v>211</v>
+      </c>
     </row>
     <row r="197" spans="1:106">
       <c r="D197" s="2"/>
+      <c r="DB197" t="s">
+        <v>212</v>
+      </c>
     </row>
     <row r="198" spans="1:106">
       <c r="D198" s="2"/>
     </row>
     <row r="199" spans="1:106">
       <c r="D199" s="2"/>
     </row>
     <row r="200" spans="1:106">
       <c r="D200" s="2"/>
     </row>
     <row r="201" spans="1:106">
       <c r="D201" s="2"/>
     </row>
     <row r="202" spans="1:106">
       <c r="D202" s="2"/>
     </row>
     <row r="203" spans="1:106">
       <c r="D203" s="2"/>
     </row>
     <row r="204" spans="1:106">
       <c r="D204" s="2"/>
     </row>
     <row r="205" spans="1:106">
       <c r="D205" s="2"/>
     </row>
@@ -4821,51 +4899,51 @@
       <c r="D996" s="2"/>
     </row>
     <row r="997" spans="1:106">
       <c r="D997" s="2"/>
     </row>
     <row r="998" spans="1:106">
       <c r="D998" s="2"/>
     </row>
     <row r="999" spans="1:106">
       <c r="D999" s="2"/>
     </row>
     <row r="1000" spans="1:106">
       <c r="D1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="C5:C1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$184</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$197</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>